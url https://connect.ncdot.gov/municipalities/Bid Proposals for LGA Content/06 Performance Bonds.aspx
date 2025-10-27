--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -13210,51 +13210,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006D7BA4DC522AC84F97AE8002107D7316" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c23742cf94ad0a0e7bab87a915dfda6e">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006D7BA4DC522AC84F97AE8002107D7316" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba2095c8412800d1669154594b96874">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="5e7874b7-19b8-4222-9f87-80bf0b085ea3" xmlns:ns3="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cd3e724432af821519be875b34e0759f" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
     <xsd:import namespace="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:No_x002e_" minOccurs="0"/>
                 <xsd:element ref="ns2:Provision" minOccurs="0"/>
                 <xsd:element ref="ns2:Let_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Geotech_x0020_Reference" minOccurs="0"/>
                 <xsd:element ref="ns2:Provision_x0020_Number" minOccurs="0"/>
                 <xsd:element ref="ns2:File_x0020_Category" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns1:URL" minOccurs="0"/>
                 <xsd:element ref="ns4:IconOverlay" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -13481,51 +13481,51 @@
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <No_x002e_ xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">ZS</No_x002e_>
     <Let_x0020_Date xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">2024-12</Let_x0020_Date>
     <Provision xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">PERFORMANCE BOND FORMS (Local Government Agency)</Provision>
     <File_x0020_Category xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
     <Provision_x0020_Number xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">Z120B</Provision_x0020_Number>
     <Geotech_x0020_Reference xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">false</Geotech_x0020_Reference>
     <_dlc_DocIdPersistId xmlns="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xsi:nil="true"/>
     <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
     <URL xmlns="http://schemas.microsoft.com/sharepoint/v3">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </URL>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9491AB7E-4845-414A-B957-89FAABDC0AAD}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{869110C1-2468-4018-8B7D-874D68696F5A}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32757FBE-24FB-4B4E-A69A-F96FAF5977C1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AEC49B42-4EC6-4907-87CD-1162144346D4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="9425e8c1-9722-47a7-a606-4c34966caaea"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1C40DA4-DF4C-4A26-B795-39288B2C32EA}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>