--- v1 (2025-10-27)
+++ v2 (2025-11-16)
@@ -13210,51 +13210,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006D7BA4DC522AC84F97AE8002107D7316" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0ba2095c8412800d1669154594b96874">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006D7BA4DC522AC84F97AE8002107D7316" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ffedd593490c698031bc201de61435e0">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="5e7874b7-19b8-4222-9f87-80bf0b085ea3" xmlns:ns3="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cd3e724432af821519be875b34e0759f" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
     <xsd:import namespace="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:No_x002e_" minOccurs="0"/>
                 <xsd:element ref="ns2:Provision" minOccurs="0"/>
                 <xsd:element ref="ns2:Let_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Geotech_x0020_Reference" minOccurs="0"/>
                 <xsd:element ref="ns2:Provision_x0020_Number" minOccurs="0"/>
                 <xsd:element ref="ns2:File_x0020_Category" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns1:URL" minOccurs="0"/>
                 <xsd:element ref="ns4:IconOverlay" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -13481,51 +13481,51 @@
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <No_x002e_ xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">ZS</No_x002e_>
     <Let_x0020_Date xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">2024-12</Let_x0020_Date>
     <Provision xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">PERFORMANCE BOND FORMS (Local Government Agency)</Provision>
     <File_x0020_Category xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
     <Provision_x0020_Number xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">Z120B</Provision_x0020_Number>
     <Geotech_x0020_Reference xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">false</Geotech_x0020_Reference>
     <_dlc_DocIdPersistId xmlns="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xsi:nil="true"/>
     <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
     <URL xmlns="http://schemas.microsoft.com/sharepoint/v3">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </URL>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{869110C1-2468-4018-8B7D-874D68696F5A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD862E9B-A6E0-417D-BBD5-B0FB3892DB44}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32757FBE-24FB-4B4E-A69A-F96FAF5977C1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AEC49B42-4EC6-4907-87CD-1162144346D4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="9425e8c1-9722-47a7-a606-4c34966caaea"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1C40DA4-DF4C-4A26-B795-39288B2C32EA}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>