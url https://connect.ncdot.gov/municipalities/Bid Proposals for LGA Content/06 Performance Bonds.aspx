--- v2 (2025-11-16)
+++ v3 (2026-01-19)
@@ -13210,51 +13210,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006D7BA4DC522AC84F97AE8002107D7316" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ffedd593490c698031bc201de61435e0">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006D7BA4DC522AC84F97AE8002107D7316" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7c95d1010392b3754d8c5311cc97ad3d">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="5e7874b7-19b8-4222-9f87-80bf0b085ea3" xmlns:ns3="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cd3e724432af821519be875b34e0759f" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
     <xsd:import namespace="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:No_x002e_" minOccurs="0"/>
                 <xsd:element ref="ns2:Provision" minOccurs="0"/>
                 <xsd:element ref="ns2:Let_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Geotech_x0020_Reference" minOccurs="0"/>
                 <xsd:element ref="ns2:Provision_x0020_Number" minOccurs="0"/>
                 <xsd:element ref="ns2:File_x0020_Category" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns1:URL" minOccurs="0"/>
                 <xsd:element ref="ns4:IconOverlay" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -13481,51 +13481,51 @@
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <No_x002e_ xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">ZS</No_x002e_>
     <Let_x0020_Date xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">2024-12</Let_x0020_Date>
     <Provision xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">PERFORMANCE BOND FORMS (Local Government Agency)</Provision>
     <File_x0020_Category xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
     <Provision_x0020_Number xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">Z120B</Provision_x0020_Number>
     <Geotech_x0020_Reference xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">false</Geotech_x0020_Reference>
     <_dlc_DocIdPersistId xmlns="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xsi:nil="true"/>
     <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
     <URL xmlns="http://schemas.microsoft.com/sharepoint/v3">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </URL>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD862E9B-A6E0-417D-BBD5-B0FB3892DB44}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75DE8F1A-33BD-442F-AF54-CC5DCD18DC2A}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32757FBE-24FB-4B4E-A69A-F96FAF5977C1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AEC49B42-4EC6-4907-87CD-1162144346D4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="9425e8c1-9722-47a7-a606-4c34966caaea"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1C40DA4-DF4C-4A26-B795-39288B2C32EA}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>