--- v3 (2026-01-19)
+++ v4 (2026-03-04)
@@ -13210,51 +13210,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006D7BA4DC522AC84F97AE8002107D7316" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7c95d1010392b3754d8c5311cc97ad3d">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006D7BA4DC522AC84F97AE8002107D7316" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="053227eecccef1b19e79baed1dc52e39">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="5e7874b7-19b8-4222-9f87-80bf0b085ea3" xmlns:ns3="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cd3e724432af821519be875b34e0759f" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
     <xsd:import namespace="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:No_x002e_" minOccurs="0"/>
                 <xsd:element ref="ns2:Provision" minOccurs="0"/>
                 <xsd:element ref="ns2:Let_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Geotech_x0020_Reference" minOccurs="0"/>
                 <xsd:element ref="ns2:Provision_x0020_Number" minOccurs="0"/>
                 <xsd:element ref="ns2:File_x0020_Category" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns1:URL" minOccurs="0"/>
                 <xsd:element ref="ns4:IconOverlay" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -13481,51 +13481,51 @@
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <No_x002e_ xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">ZS</No_x002e_>
     <Let_x0020_Date xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">2024-12</Let_x0020_Date>
     <Provision xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">PERFORMANCE BOND FORMS (Local Government Agency)</Provision>
     <File_x0020_Category xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
     <Provision_x0020_Number xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">Z120B</Provision_x0020_Number>
     <Geotech_x0020_Reference xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">false</Geotech_x0020_Reference>
     <_dlc_DocIdPersistId xmlns="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xsi:nil="true"/>
     <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
     <URL xmlns="http://schemas.microsoft.com/sharepoint/v3">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </URL>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75DE8F1A-33BD-442F-AF54-CC5DCD18DC2A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6644DCF2-47E2-4223-B24A-E4EED554C9CD}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32757FBE-24FB-4B4E-A69A-F96FAF5977C1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AEC49B42-4EC6-4907-87CD-1162144346D4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="9425e8c1-9722-47a7-a606-4c34966caaea"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1C40DA4-DF4C-4A26-B795-39288B2C32EA}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>