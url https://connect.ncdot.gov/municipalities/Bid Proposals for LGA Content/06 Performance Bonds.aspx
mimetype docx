--- v4 (2026-03-04)
+++ v5 (2026-03-24)
@@ -13210,51 +13210,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006D7BA4DC522AC84F97AE8002107D7316" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="053227eecccef1b19e79baed1dc52e39">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006D7BA4DC522AC84F97AE8002107D7316" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="91561bab295627c3ca08ad8ad9a331b9">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="5e7874b7-19b8-4222-9f87-80bf0b085ea3" xmlns:ns3="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cd3e724432af821519be875b34e0759f" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
     <xsd:import namespace="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:No_x002e_" minOccurs="0"/>
                 <xsd:element ref="ns2:Provision" minOccurs="0"/>
                 <xsd:element ref="ns2:Let_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Geotech_x0020_Reference" minOccurs="0"/>
                 <xsd:element ref="ns2:Provision_x0020_Number" minOccurs="0"/>
                 <xsd:element ref="ns2:File_x0020_Category" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns1:URL" minOccurs="0"/>
                 <xsd:element ref="ns4:IconOverlay" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -13481,51 +13481,51 @@
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <No_x002e_ xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">ZS</No_x002e_>
     <Let_x0020_Date xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">2024-12</Let_x0020_Date>
     <Provision xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">PERFORMANCE BOND FORMS (Local Government Agency)</Provision>
     <File_x0020_Category xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3"/>
     <Provision_x0020_Number xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">Z120B</Provision_x0020_Number>
     <Geotech_x0020_Reference xmlns="5e7874b7-19b8-4222-9f87-80bf0b085ea3">false</Geotech_x0020_Reference>
     <_dlc_DocIdPersistId xmlns="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xsi:nil="true"/>
     <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
     <URL xmlns="http://schemas.microsoft.com/sharepoint/v3">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </URL>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6644DCF2-47E2-4223-B24A-E4EED554C9CD}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{288B61F9-137A-4597-85EF-2DBBCBC856D9}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32757FBE-24FB-4B4E-A69A-F96FAF5977C1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AEC49B42-4EC6-4907-87CD-1162144346D4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="9425e8c1-9722-47a7-a606-4c34966caaea"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1C40DA4-DF4C-4A26-B795-39288B2C32EA}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>